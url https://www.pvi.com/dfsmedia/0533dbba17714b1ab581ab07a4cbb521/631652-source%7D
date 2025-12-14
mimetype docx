--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DCC37C6" w14:textId="5D9F3560" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
+    <w:p w14:paraId="0DCC37C6" w14:textId="37E6F78D" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
@@ -119,138 +119,129 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1696441" cy="653023"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D07DE9" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002944F5">
+      <w:r w:rsidR="00147DB5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00147DB5">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41542" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - 2026</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E41542" w:rsidRPr="00A36620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A18F1" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>Technical Training Registration Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E845F20" w14:textId="77777777" w:rsidR="0062693B" w:rsidRPr="00A36620" w:rsidRDefault="0062693B" w:rsidP="0062693B">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
     </w:p>
-    <w:p w14:paraId="6742314E" w14:textId="0870FA7B" w:rsidR="004B0A64" w:rsidRPr="00A36620" w:rsidRDefault="00061FB1" w:rsidP="003C4B44">
+    <w:p w14:paraId="6742314E" w14:textId="144DB34A" w:rsidR="004B0A64" w:rsidRPr="00A36620" w:rsidRDefault="00061FB1" w:rsidP="003C4B44">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="004B0A64" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A36620">
+      <w:r w:rsidR="00C564DF" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="004B0A64" w:rsidRPr="00A36620">
         <w:rPr>
@@ -5225,51 +5216,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1789352491">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1230381754">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1573006165">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="437212794">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1240170148">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aE6/IjA0I6NYxC0osp13j0eTTkCAcTNGYygQe5GmKkuRtd0QGJy4/mWNbR5c9Z8OkVlDIYVTCn3k5V6y1KFWHg==" w:salt="SeF1qlYoH14PT6T272AsUQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="67nNkh4DUs3ilXiC5AXL/OZP2gERqf9bc07z6EzxJ4EmMd3TtYPs6MDzuCRCWWtHy0wAxAX0YW9vMiP7nyjS8A==" w:salt="k0fOVUPV6aE94bhqoEwP9g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00761F5C"/>
     <w:rsid w:val="00014F7B"/>
     <w:rsid w:val="00016496"/>
     <w:rsid w:val="00022AA8"/>
     <w:rsid w:val="000348B9"/>
     <w:rsid w:val="00043A34"/>
@@ -5290,51 +5281,50 @@
     <w:rsid w:val="001325B7"/>
     <w:rsid w:val="0014148F"/>
     <w:rsid w:val="00147DB5"/>
     <w:rsid w:val="001508BD"/>
     <w:rsid w:val="0015277F"/>
     <w:rsid w:val="00153F64"/>
     <w:rsid w:val="00166B40"/>
     <w:rsid w:val="001774EC"/>
     <w:rsid w:val="001846B6"/>
     <w:rsid w:val="0019165A"/>
     <w:rsid w:val="00192A1A"/>
     <w:rsid w:val="001A1809"/>
     <w:rsid w:val="001B1772"/>
     <w:rsid w:val="001E350B"/>
     <w:rsid w:val="001E3D41"/>
     <w:rsid w:val="001E5B78"/>
     <w:rsid w:val="00202852"/>
     <w:rsid w:val="002035D1"/>
     <w:rsid w:val="00206C25"/>
     <w:rsid w:val="00211E13"/>
     <w:rsid w:val="00213162"/>
     <w:rsid w:val="00220BD2"/>
     <w:rsid w:val="0023411A"/>
     <w:rsid w:val="00245172"/>
     <w:rsid w:val="00250930"/>
-    <w:rsid w:val="00264B97"/>
     <w:rsid w:val="002659F4"/>
     <w:rsid w:val="0028199A"/>
     <w:rsid w:val="002944F5"/>
     <w:rsid w:val="002A5054"/>
     <w:rsid w:val="002A6671"/>
     <w:rsid w:val="002C0958"/>
     <w:rsid w:val="002C44CB"/>
     <w:rsid w:val="002D0044"/>
     <w:rsid w:val="002E3413"/>
     <w:rsid w:val="002E38E6"/>
     <w:rsid w:val="00300F13"/>
     <w:rsid w:val="00325807"/>
     <w:rsid w:val="0033273A"/>
     <w:rsid w:val="00346D54"/>
     <w:rsid w:val="003514B9"/>
     <w:rsid w:val="003657A5"/>
     <w:rsid w:val="003A0F70"/>
     <w:rsid w:val="003A61DB"/>
     <w:rsid w:val="003B1F8B"/>
     <w:rsid w:val="003C3C6A"/>
     <w:rsid w:val="003C4B44"/>
     <w:rsid w:val="003D2A19"/>
     <w:rsid w:val="003D3DD1"/>
     <w:rsid w:val="003D454E"/>
     <w:rsid w:val="003D7BEE"/>
@@ -5472,104 +5462,106 @@
     <w:rsid w:val="00AE6351"/>
     <w:rsid w:val="00AF6E3B"/>
     <w:rsid w:val="00B0060D"/>
     <w:rsid w:val="00B013FD"/>
     <w:rsid w:val="00B10F76"/>
     <w:rsid w:val="00B129BD"/>
     <w:rsid w:val="00B14200"/>
     <w:rsid w:val="00B146BF"/>
     <w:rsid w:val="00B55737"/>
     <w:rsid w:val="00B60E7A"/>
     <w:rsid w:val="00B75DFF"/>
     <w:rsid w:val="00B82D7B"/>
     <w:rsid w:val="00BA141E"/>
     <w:rsid w:val="00BC32E1"/>
     <w:rsid w:val="00BD2DA9"/>
     <w:rsid w:val="00BD79A6"/>
     <w:rsid w:val="00BD7B23"/>
     <w:rsid w:val="00BE58E7"/>
     <w:rsid w:val="00BE6E80"/>
     <w:rsid w:val="00BF4C8D"/>
     <w:rsid w:val="00BF6FEF"/>
     <w:rsid w:val="00C02857"/>
     <w:rsid w:val="00C124A5"/>
     <w:rsid w:val="00C15D40"/>
     <w:rsid w:val="00C17097"/>
+    <w:rsid w:val="00C201F9"/>
     <w:rsid w:val="00C23DC4"/>
     <w:rsid w:val="00C464A2"/>
+    <w:rsid w:val="00C564DF"/>
     <w:rsid w:val="00C96224"/>
     <w:rsid w:val="00C97B77"/>
     <w:rsid w:val="00CB0E6B"/>
     <w:rsid w:val="00CB2A33"/>
     <w:rsid w:val="00CC173F"/>
     <w:rsid w:val="00CC1B30"/>
     <w:rsid w:val="00CC2A48"/>
     <w:rsid w:val="00CC30B5"/>
     <w:rsid w:val="00CD00BA"/>
     <w:rsid w:val="00CD00D3"/>
     <w:rsid w:val="00CE70DC"/>
     <w:rsid w:val="00CF2171"/>
     <w:rsid w:val="00CF2D3D"/>
+    <w:rsid w:val="00CF3C00"/>
     <w:rsid w:val="00D00DAF"/>
     <w:rsid w:val="00D015ED"/>
     <w:rsid w:val="00D04E29"/>
     <w:rsid w:val="00D07DE9"/>
     <w:rsid w:val="00D13E54"/>
     <w:rsid w:val="00D1409C"/>
     <w:rsid w:val="00D36B32"/>
     <w:rsid w:val="00D372B3"/>
     <w:rsid w:val="00D5051E"/>
     <w:rsid w:val="00D63190"/>
     <w:rsid w:val="00D63BEE"/>
     <w:rsid w:val="00D66DB5"/>
     <w:rsid w:val="00D80C63"/>
     <w:rsid w:val="00DA08DA"/>
     <w:rsid w:val="00DA57B3"/>
     <w:rsid w:val="00DD013E"/>
     <w:rsid w:val="00DD682D"/>
     <w:rsid w:val="00DE2B2F"/>
     <w:rsid w:val="00E13438"/>
     <w:rsid w:val="00E20435"/>
     <w:rsid w:val="00E276DD"/>
     <w:rsid w:val="00E27D6B"/>
     <w:rsid w:val="00E30C2C"/>
     <w:rsid w:val="00E37427"/>
     <w:rsid w:val="00E41542"/>
     <w:rsid w:val="00E50A22"/>
     <w:rsid w:val="00E53B00"/>
     <w:rsid w:val="00E60EEC"/>
     <w:rsid w:val="00E63632"/>
     <w:rsid w:val="00E677AE"/>
     <w:rsid w:val="00E8746C"/>
     <w:rsid w:val="00E931AB"/>
     <w:rsid w:val="00E94F03"/>
     <w:rsid w:val="00EA6581"/>
     <w:rsid w:val="00EA6D49"/>
     <w:rsid w:val="00EA7E1B"/>
     <w:rsid w:val="00EC11C0"/>
     <w:rsid w:val="00EC184C"/>
-    <w:rsid w:val="00ED51CF"/>
     <w:rsid w:val="00ED63AB"/>
     <w:rsid w:val="00EE0D28"/>
     <w:rsid w:val="00F11D52"/>
     <w:rsid w:val="00F16590"/>
     <w:rsid w:val="00F222B1"/>
     <w:rsid w:val="00F30E52"/>
     <w:rsid w:val="00F31ACD"/>
     <w:rsid w:val="00F32C39"/>
     <w:rsid w:val="00F34220"/>
     <w:rsid w:val="00F37ABA"/>
     <w:rsid w:val="00F40845"/>
     <w:rsid w:val="00F42134"/>
     <w:rsid w:val="00F438D0"/>
     <w:rsid w:val="00F44C1A"/>
     <w:rsid w:val="00F47C2E"/>
     <w:rsid w:val="00F47E00"/>
     <w:rsid w:val="00F51ED0"/>
     <w:rsid w:val="00F55AC8"/>
     <w:rsid w:val="00F561AA"/>
     <w:rsid w:val="00FB3833"/>
     <w:rsid w:val="00FC53EC"/>
     <w:rsid w:val="00FD2339"/>
     <w:rsid w:val="00FD4F41"/>
     <w:rsid w:val="00FE17E7"/>
   </w:rsids>
@@ -6449,75 +6441,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E926607-CED5-4C41-A8BB-1766B24A4BF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>393</Words>
-  <Characters>2246</Characters>
+  <Words>392</Words>
+  <Characters>2240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Technical Training Registration Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>aerco</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2634</CharactersWithSpaces>
+  <CharactersWithSpaces>2627</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3473468</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aerco.com/sales</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>