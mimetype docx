--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DCC37C6" w14:textId="5D9F3560" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
+    <w:p w14:paraId="0DCC37C6" w14:textId="111BAC2C" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
@@ -129,60 +129,50 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D07DE9" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002944F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
-      <w:r w:rsidR="00147DB5">
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E41542" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A18F1" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Technical Training Registration Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E845F20" w14:textId="77777777" w:rsidR="0062693B" w:rsidRPr="00A36620" w:rsidRDefault="0062693B" w:rsidP="0062693B">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
@@ -566,57 +556,67 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk103062465"/>
       <w:r w:rsidR="00166B40">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Water Sampling and Analysis: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE70DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>1/2-day</w:t>
+        <w:t>1/2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE70DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-day</w:t>
       </w:r>
       <w:r w:rsidR="00166B40">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, Fort Worth </w:t>
       </w:r>
       <w:r w:rsidR="00CE70DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>TX,</w:t>
       </w:r>
       <w:r w:rsidR="00A52617">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Blauvelt NY (circle one)</w:t>
       </w:r>
@@ -686,57 +686,67 @@
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005E3512" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00166B40">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Centurion Water Heater Overview – for PVI Rep Firm personnel: </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE70DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>1/2-day</w:t>
+        <w:t>1/2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE70DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-day</w:t>
       </w:r>
       <w:r w:rsidR="00166B40" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A36620" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="003D3DD1" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
@@ -762,51 +772,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21E6A249" w14:textId="48E26A1B" w:rsidR="00691969" w:rsidRPr="00A36620" w:rsidRDefault="00691969" w:rsidP="00691969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:ind w:left="4830" w:hanging="4830"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Notice of cancellation must be received at least 7 days prior to the scheduled class date</w:t>
+        <w:t xml:space="preserve">Notice of cancellation must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A36620">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>be received</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A36620">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at least 7 days prior to the scheduled class date</w:t>
       </w:r>
       <w:r w:rsidR="006720BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084C2C" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -870,74 +900,76 @@
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, you will receive confirmation of your reservation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C6006B" w14:textId="19843D78" w:rsidR="00084C2C" w:rsidRPr="00A36620" w:rsidRDefault="00084C2C" w:rsidP="00691969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:ind w:left="4830" w:hanging="4830"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accommodation</w:t>
       </w:r>
       <w:r w:rsidR="000671C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> arrangements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be made by the attendee</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000671C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C7E9039" w14:textId="2C07FA2F" w:rsidR="00543C1D" w:rsidRPr="00A36620" w:rsidRDefault="00691969" w:rsidP="00691969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
@@ -951,51 +983,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">travel </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reservations </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">should be made until you have received </w:t>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>be made</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> until you have received </w:t>
       </w:r>
       <w:r w:rsidR="00CE70DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>confirmation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your registration</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2228,51 +2280,99 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1176EE89" w14:textId="1560A038" w:rsidR="00057A56" w:rsidRPr="00A36620" w:rsidRDefault="00057A56" w:rsidP="005E3512">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">Payment must be by check or credit card only. Purchase orders will not be accepted. Class confirmation will not be made until payment has been received. </w:t>
+              <w:t xml:space="preserve">Payment must be by check or credit card only. Purchase orders will not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>be accepted</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Class confirmation will not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>be made</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> until payment has been received. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00057A56" w:rsidRPr="00A36620" w14:paraId="5692493F" w14:textId="77777777" w:rsidTr="003F3728">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EE702AE" w14:textId="5EFA6016" w:rsidR="00057A56" w:rsidRPr="00A36620" w:rsidRDefault="00543C1D" w:rsidP="002C44CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2916,67 +3016,103 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Credit Card</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ECDF974" w14:textId="1FA83611" w:rsidR="00057A56" w:rsidRPr="00A36620" w:rsidRDefault="00976848" w:rsidP="00976848">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1546"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>By electing to pay electronically with a credit card, we will be sending you an email with a link to PayTrace.com. You will be guided through the process to complete your secure payment online</w:t>
+              <w:t xml:space="preserve">By electing to pay electronically with a credit card, we will be sending you an email with a link to PayTrace.com. You will </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>be guided</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> through the process to complete your secure payment online</w:t>
             </w:r>
             <w:r w:rsidR="00063363" w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Once payment has been </w:t>
+              <w:t xml:space="preserve">. Once payment has </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00063363" w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">been </w:t>
             </w:r>
             <w:r w:rsidR="00CE70DC" w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>processed,</w:t>
+              <w:t>processed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CE70DC" w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00063363" w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> we will send a letter of confirmation. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00057A56" w:rsidRPr="00A36620" w14:paraId="12D8D56E" w14:textId="77777777" w:rsidTr="003F3728">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61622416" w14:textId="40C08536" w:rsidR="00057A56" w:rsidRPr="00A36620" w:rsidRDefault="00543C1D" w:rsidP="002C44CB">
             <w:pPr>
               <w:rPr>
@@ -4242,51 +4378,75 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C17C125" w14:textId="77777777" w:rsidR="00220BD2" w:rsidRPr="00A36620" w:rsidRDefault="00220BD2" w:rsidP="004C0E29">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36620">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Please note that the PayTrace link has an expiration date. If the expiration date has expired and payment is not received, you will have to re-submit registration.</w:t>
+              <w:t xml:space="preserve">Please note that the PayTrace link has an expiration date. If the expiration date has expired and payment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>is not received</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A36620">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, you will have to re-submit registration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00220BD2" w:rsidRPr="00A36620" w14:paraId="796515A3" w14:textId="77777777" w:rsidTr="00220BD2">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64018927" w14:textId="45472423" w:rsidR="00220BD2" w:rsidRPr="00A36620" w:rsidRDefault="00220BD2" w:rsidP="005E3512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
               </w:tabs>
               <w:rPr>
@@ -5225,116 +5385,114 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1789352491">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1230381754">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1573006165">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="437212794">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1240170148">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aE6/IjA0I6NYxC0osp13j0eTTkCAcTNGYygQe5GmKkuRtd0QGJy4/mWNbR5c9Z8OkVlDIYVTCn3k5V6y1KFWHg==" w:salt="SeF1qlYoH14PT6T272AsUQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00761F5C"/>
     <w:rsid w:val="00014F7B"/>
     <w:rsid w:val="00016496"/>
     <w:rsid w:val="00022AA8"/>
     <w:rsid w:val="000348B9"/>
     <w:rsid w:val="00043A34"/>
     <w:rsid w:val="0005581A"/>
     <w:rsid w:val="00057A56"/>
     <w:rsid w:val="00061FB1"/>
     <w:rsid w:val="000632FB"/>
     <w:rsid w:val="00063363"/>
     <w:rsid w:val="000671C7"/>
     <w:rsid w:val="000778BC"/>
     <w:rsid w:val="00084C2C"/>
     <w:rsid w:val="0009398A"/>
     <w:rsid w:val="00093BE4"/>
     <w:rsid w:val="000A18F1"/>
     <w:rsid w:val="000A7AC5"/>
     <w:rsid w:val="000C2D99"/>
     <w:rsid w:val="00120375"/>
     <w:rsid w:val="001325B7"/>
     <w:rsid w:val="0014148F"/>
-    <w:rsid w:val="00147DB5"/>
     <w:rsid w:val="001508BD"/>
     <w:rsid w:val="0015277F"/>
     <w:rsid w:val="00153F64"/>
     <w:rsid w:val="00166B40"/>
     <w:rsid w:val="001774EC"/>
     <w:rsid w:val="001846B6"/>
     <w:rsid w:val="0019165A"/>
     <w:rsid w:val="00192A1A"/>
     <w:rsid w:val="001A1809"/>
     <w:rsid w:val="001B1772"/>
     <w:rsid w:val="001E350B"/>
     <w:rsid w:val="001E3D41"/>
     <w:rsid w:val="001E5B78"/>
     <w:rsid w:val="00202852"/>
     <w:rsid w:val="002035D1"/>
     <w:rsid w:val="00206C25"/>
     <w:rsid w:val="00211E13"/>
     <w:rsid w:val="00213162"/>
     <w:rsid w:val="00220BD2"/>
     <w:rsid w:val="0023411A"/>
     <w:rsid w:val="00245172"/>
     <w:rsid w:val="00250930"/>
-    <w:rsid w:val="00264B97"/>
     <w:rsid w:val="002659F4"/>
     <w:rsid w:val="0028199A"/>
     <w:rsid w:val="002944F5"/>
     <w:rsid w:val="002A5054"/>
     <w:rsid w:val="002A6671"/>
     <w:rsid w:val="002C0958"/>
     <w:rsid w:val="002C44CB"/>
     <w:rsid w:val="002D0044"/>
     <w:rsid w:val="002E3413"/>
     <w:rsid w:val="002E38E6"/>
     <w:rsid w:val="00300F13"/>
     <w:rsid w:val="00325807"/>
     <w:rsid w:val="0033273A"/>
     <w:rsid w:val="00346D54"/>
     <w:rsid w:val="003514B9"/>
     <w:rsid w:val="003657A5"/>
     <w:rsid w:val="003A0F70"/>
     <w:rsid w:val="003A61DB"/>
     <w:rsid w:val="003B1F8B"/>
     <w:rsid w:val="003C3C6A"/>
     <w:rsid w:val="003C4B44"/>
     <w:rsid w:val="003D2A19"/>
     <w:rsid w:val="003D3DD1"/>
     <w:rsid w:val="003D454E"/>
     <w:rsid w:val="003D7BEE"/>
@@ -5347,50 +5505,51 @@
     <w:rsid w:val="004651B6"/>
     <w:rsid w:val="0047384C"/>
     <w:rsid w:val="004871A5"/>
     <w:rsid w:val="00490281"/>
     <w:rsid w:val="004951A8"/>
     <w:rsid w:val="004A6242"/>
     <w:rsid w:val="004B0A64"/>
     <w:rsid w:val="004B5D4C"/>
     <w:rsid w:val="004C0E29"/>
     <w:rsid w:val="004C466C"/>
     <w:rsid w:val="004D54FC"/>
     <w:rsid w:val="004E0E6C"/>
     <w:rsid w:val="004E4A9E"/>
     <w:rsid w:val="004F1D1E"/>
     <w:rsid w:val="00505238"/>
     <w:rsid w:val="00514303"/>
     <w:rsid w:val="00526BE6"/>
     <w:rsid w:val="0054126A"/>
     <w:rsid w:val="00543C1D"/>
     <w:rsid w:val="0055566F"/>
     <w:rsid w:val="00564136"/>
     <w:rsid w:val="00575F7A"/>
     <w:rsid w:val="00582145"/>
     <w:rsid w:val="00584A49"/>
     <w:rsid w:val="00594072"/>
+    <w:rsid w:val="005B2427"/>
     <w:rsid w:val="005D16D2"/>
     <w:rsid w:val="005E3512"/>
     <w:rsid w:val="005F1F2A"/>
     <w:rsid w:val="005F57A7"/>
     <w:rsid w:val="00603A7B"/>
     <w:rsid w:val="0061055F"/>
     <w:rsid w:val="0061391A"/>
     <w:rsid w:val="00623756"/>
     <w:rsid w:val="0062693B"/>
     <w:rsid w:val="006336F1"/>
     <w:rsid w:val="00650B61"/>
     <w:rsid w:val="006529D0"/>
     <w:rsid w:val="006536C5"/>
     <w:rsid w:val="00653ADE"/>
     <w:rsid w:val="00654FDC"/>
     <w:rsid w:val="006720BE"/>
     <w:rsid w:val="006826D5"/>
     <w:rsid w:val="00687E76"/>
     <w:rsid w:val="00691969"/>
     <w:rsid w:val="006A2975"/>
     <w:rsid w:val="006B4588"/>
     <w:rsid w:val="006D4548"/>
     <w:rsid w:val="006D59B6"/>
     <w:rsid w:val="006E16FF"/>
     <w:rsid w:val="006E2619"/>
@@ -5460,116 +5619,115 @@
     <w:rsid w:val="00A45B44"/>
     <w:rsid w:val="00A52617"/>
     <w:rsid w:val="00A53265"/>
     <w:rsid w:val="00A53DF3"/>
     <w:rsid w:val="00A61024"/>
     <w:rsid w:val="00A617C5"/>
     <w:rsid w:val="00A718C1"/>
     <w:rsid w:val="00A817B1"/>
     <w:rsid w:val="00A91DEA"/>
     <w:rsid w:val="00A96B12"/>
     <w:rsid w:val="00AC14D8"/>
     <w:rsid w:val="00AE0F1F"/>
     <w:rsid w:val="00AE6351"/>
     <w:rsid w:val="00AF6E3B"/>
     <w:rsid w:val="00B0060D"/>
     <w:rsid w:val="00B013FD"/>
     <w:rsid w:val="00B10F76"/>
     <w:rsid w:val="00B129BD"/>
     <w:rsid w:val="00B14200"/>
     <w:rsid w:val="00B146BF"/>
     <w:rsid w:val="00B55737"/>
     <w:rsid w:val="00B60E7A"/>
     <w:rsid w:val="00B75DFF"/>
     <w:rsid w:val="00B82D7B"/>
     <w:rsid w:val="00BA141E"/>
+    <w:rsid w:val="00BA6D6E"/>
     <w:rsid w:val="00BC32E1"/>
     <w:rsid w:val="00BD2DA9"/>
     <w:rsid w:val="00BD79A6"/>
     <w:rsid w:val="00BD7B23"/>
     <w:rsid w:val="00BE58E7"/>
     <w:rsid w:val="00BE6E80"/>
     <w:rsid w:val="00BF4C8D"/>
     <w:rsid w:val="00BF6FEF"/>
     <w:rsid w:val="00C02857"/>
     <w:rsid w:val="00C124A5"/>
     <w:rsid w:val="00C15D40"/>
     <w:rsid w:val="00C17097"/>
     <w:rsid w:val="00C23DC4"/>
     <w:rsid w:val="00C464A2"/>
     <w:rsid w:val="00C96224"/>
     <w:rsid w:val="00C97B77"/>
     <w:rsid w:val="00CB0E6B"/>
     <w:rsid w:val="00CB2A33"/>
     <w:rsid w:val="00CC173F"/>
     <w:rsid w:val="00CC1B30"/>
     <w:rsid w:val="00CC2A48"/>
     <w:rsid w:val="00CC30B5"/>
-    <w:rsid w:val="00CD00BA"/>
     <w:rsid w:val="00CD00D3"/>
     <w:rsid w:val="00CE70DC"/>
     <w:rsid w:val="00CF2171"/>
     <w:rsid w:val="00CF2D3D"/>
     <w:rsid w:val="00D00DAF"/>
     <w:rsid w:val="00D015ED"/>
     <w:rsid w:val="00D04E29"/>
     <w:rsid w:val="00D07DE9"/>
     <w:rsid w:val="00D13E54"/>
     <w:rsid w:val="00D1409C"/>
     <w:rsid w:val="00D36B32"/>
     <w:rsid w:val="00D372B3"/>
     <w:rsid w:val="00D5051E"/>
     <w:rsid w:val="00D63190"/>
     <w:rsid w:val="00D63BEE"/>
     <w:rsid w:val="00D66DB5"/>
     <w:rsid w:val="00D80C63"/>
     <w:rsid w:val="00DA08DA"/>
     <w:rsid w:val="00DA57B3"/>
     <w:rsid w:val="00DD013E"/>
     <w:rsid w:val="00DD682D"/>
     <w:rsid w:val="00DE2B2F"/>
     <w:rsid w:val="00E13438"/>
     <w:rsid w:val="00E20435"/>
     <w:rsid w:val="00E276DD"/>
     <w:rsid w:val="00E27D6B"/>
     <w:rsid w:val="00E30C2C"/>
     <w:rsid w:val="00E37427"/>
     <w:rsid w:val="00E41542"/>
     <w:rsid w:val="00E50A22"/>
     <w:rsid w:val="00E53B00"/>
     <w:rsid w:val="00E60EEC"/>
     <w:rsid w:val="00E63632"/>
     <w:rsid w:val="00E677AE"/>
     <w:rsid w:val="00E8746C"/>
     <w:rsid w:val="00E931AB"/>
     <w:rsid w:val="00E94F03"/>
     <w:rsid w:val="00EA6581"/>
     <w:rsid w:val="00EA6D49"/>
     <w:rsid w:val="00EA7E1B"/>
     <w:rsid w:val="00EC11C0"/>
     <w:rsid w:val="00EC184C"/>
-    <w:rsid w:val="00ED51CF"/>
     <w:rsid w:val="00ED63AB"/>
     <w:rsid w:val="00EE0D28"/>
     <w:rsid w:val="00F11D52"/>
     <w:rsid w:val="00F16590"/>
     <w:rsid w:val="00F222B1"/>
     <w:rsid w:val="00F30E52"/>
     <w:rsid w:val="00F31ACD"/>
     <w:rsid w:val="00F32C39"/>
     <w:rsid w:val="00F34220"/>
     <w:rsid w:val="00F37ABA"/>
     <w:rsid w:val="00F40845"/>
     <w:rsid w:val="00F42134"/>
     <w:rsid w:val="00F438D0"/>
     <w:rsid w:val="00F44C1A"/>
     <w:rsid w:val="00F47C2E"/>
     <w:rsid w:val="00F47E00"/>
     <w:rsid w:val="00F51ED0"/>
     <w:rsid w:val="00F55AC8"/>
     <w:rsid w:val="00F561AA"/>
     <w:rsid w:val="00FB3833"/>
     <w:rsid w:val="00FC53EC"/>
     <w:rsid w:val="00FD2339"/>
     <w:rsid w:val="00FD4F41"/>
     <w:rsid w:val="00FE17E7"/>
   </w:rsids>
@@ -6449,75 +6607,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E926607-CED5-4C41-A8BB-1766B24A4BF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>393</Words>
-  <Characters>2246</Characters>
+  <Words>325</Words>
+  <Characters>2307</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Technical Training Registration Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>aerco</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2634</CharactersWithSpaces>
+  <CharactersWithSpaces>2627</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3473468</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aerco.com/sales</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>